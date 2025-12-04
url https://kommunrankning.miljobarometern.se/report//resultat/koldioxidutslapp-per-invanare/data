--- v0 (2025-10-14)
+++ v1 (2025-12-04)
@@ -1,23397 +1,5917 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R7f81464e2324442ca511991499dd83e1"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rca692e54db1c43f1a4cbdfa98147c7d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7f81464e2324442ca511991499dd83e1" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rca692e54db1c43f1a4cbdfa98147c7d8" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:F1165"/>
+  <x:dimension ref="A1:F291"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>
   <x:cols>
     <x:col min="1" max="1" width="36.8" customWidth="1"/>
     <x:col min="2" max="2" width="11.6" customWidth="1"/>
     <x:col min="3" max="3" width="20" customWidth="1"/>
     <x:col min="4" max="4" width="9.28515625" customWidth="1"/>
     <x:col min="5" max="5" width="9.28515625" customWidth="1"/>
-    <x:col min="6" max="6" width="12.8" customWidth="1"/>
+    <x:col min="6" max="6" width="9.28515625" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1">
       <x:c r="A1" t="str" s="1">
         <x:v>Name</x:v>
       </x:c>
       <x:c r="B1" t="str" s="1">
         <x:v>Sign</x:v>
       </x:c>
       <x:c r="C1" t="str" s="1">
         <x:v>Measure area</x:v>
       </x:c>
       <x:c r="D1" t="str" s="1">
         <x:v>Date</x:v>
       </x:c>
       <x:c r="E1" t="str" s="1">
         <x:v>Year</x:v>
       </x:c>
       <x:c r="F1" t="str" s="1">
         <x:v>Value</x:v>
       </x:c>
     </x:row>
     <x:row r="2">
       <x:c r="A2" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B2" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C2" t="str" s="2">
         <x:v>Ale</x:v>
       </x:c>
       <x:c r="D2" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E2" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F2" t="n" s="2">
-        <x:v>2.11</x:v>
+        <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="3">
       <x:c r="A3" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B3" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C3" t="str" s="2">
-        <x:v>Ale</x:v>
+        <x:v>Alingsås</x:v>
       </x:c>
       <x:c r="D3" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E3" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F3" t="n" s="2">
-        <x:v>2.046892</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="4">
       <x:c r="A4" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B4" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C4" t="str" s="2">
-        <x:v>Ale</x:v>
+        <x:v>Alvesta</x:v>
       </x:c>
       <x:c r="D4" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E4" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F4" t="n" s="2">
-        <x:v>2.057912</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="5">
       <x:c r="A5" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B5" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C5" t="str" s="2">
-        <x:v>Ale</x:v>
+        <x:v>Aneby</x:v>
       </x:c>
       <x:c r="D5" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E5" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F5" t="n" s="2">
-        <x:v>2.0075</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="6">
       <x:c r="A6" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B6" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C6" t="str" s="2">
-        <x:v>Alingsås</x:v>
+        <x:v>Arboga</x:v>
       </x:c>
       <x:c r="D6" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E6" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F6" t="n" s="2">
-        <x:v>1.84</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="7">
       <x:c r="A7" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B7" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C7" t="str" s="2">
-        <x:v>Alingsås</x:v>
+        <x:v>Arjeplog</x:v>
       </x:c>
       <x:c r="D7" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E7" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F7" t="n" s="2">
-        <x:v>1.796842</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="8">
       <x:c r="A8" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B8" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C8" t="str" s="2">
-        <x:v>Alingsås</x:v>
+        <x:v>Arvidsjaur</x:v>
       </x:c>
       <x:c r="D8" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E8" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F8" t="n" s="2">
-        <x:v>1.640624</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="9">
       <x:c r="A9" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B9" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C9" t="str" s="2">
-        <x:v>Alingsås</x:v>
+        <x:v>Arvika</x:v>
       </x:c>
       <x:c r="D9" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E9" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F9" t="n" s="2">
-        <x:v>1.5671</x:v>
+        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="10">
       <x:c r="A10" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B10" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C10" t="str" s="2">
-        <x:v>Alvesta</x:v>
+        <x:v>Askersund</x:v>
       </x:c>
       <x:c r="D10" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E10" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F10" t="n" s="2">
-        <x:v>3.01</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="11">
       <x:c r="A11" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B11" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C11" t="str" s="2">
-        <x:v>Alvesta</x:v>
+        <x:v>Avesta</x:v>
       </x:c>
       <x:c r="D11" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E11" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F11" t="n" s="2">
-        <x:v>2.952115</x:v>
+        <x:v>0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="12">
       <x:c r="A12" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B12" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C12" t="str" s="2">
-        <x:v>Alvesta</x:v>
+        <x:v>Bengtsfors</x:v>
       </x:c>
       <x:c r="D12" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E12" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F12" t="n" s="2">
-        <x:v>2.713319</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="13">
       <x:c r="A13" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B13" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C13" t="str" s="2">
-        <x:v>Alvesta</x:v>
+        <x:v>Berg</x:v>
       </x:c>
       <x:c r="D13" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E13" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F13" t="n" s="2">
-        <x:v>2.5764</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="14">
       <x:c r="A14" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B14" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C14" t="str" s="2">
-        <x:v>Aneby</x:v>
+        <x:v>Bjurholm</x:v>
       </x:c>
       <x:c r="D14" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E14" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F14" t="n" s="2">
-        <x:v>2.71</x:v>
+        <x:v>0.19</x:v>
       </x:c>
     </x:row>
     <x:row r="15">
       <x:c r="A15" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B15" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C15" t="str" s="2">
-        <x:v>Aneby</x:v>
+        <x:v>Bjuv</x:v>
       </x:c>
       <x:c r="D15" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E15" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F15" t="n" s="2">
-        <x:v>2.683024</x:v>
+        <x:v>0.81</x:v>
       </x:c>
     </x:row>
     <x:row r="16">
       <x:c r="A16" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B16" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C16" t="str" s="2">
-        <x:v>Aneby</x:v>
+        <x:v>Boden</x:v>
       </x:c>
       <x:c r="D16" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E16" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F16" t="n" s="2">
-        <x:v>2.506325</x:v>
+        <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="17">
       <x:c r="A17" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B17" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C17" t="str" s="2">
-        <x:v>Aneby</x:v>
+        <x:v>Bollebygd</x:v>
       </x:c>
       <x:c r="D17" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E17" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F17" t="n" s="2">
-        <x:v>2.356</x:v>
+        <x:v>0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="18">
       <x:c r="A18" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B18" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C18" t="str" s="2">
-        <x:v>Arboga</x:v>
+        <x:v>Bollnäs</x:v>
       </x:c>
       <x:c r="D18" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E18" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F18" t="n" s="2">
-        <x:v>3.51</x:v>
+        <x:v>0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="19">
       <x:c r="A19" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B19" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C19" t="str" s="2">
-        <x:v>Arboga</x:v>
+        <x:v>Borgholm</x:v>
       </x:c>
       <x:c r="D19" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E19" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F19" t="n" s="2">
-        <x:v>3.393943</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="20">
       <x:c r="A20" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B20" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C20" t="str" s="2">
-        <x:v>Arboga</x:v>
+        <x:v>Borlänge</x:v>
       </x:c>
       <x:c r="D20" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E20" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F20" t="n" s="2">
-        <x:v>3.401926</x:v>
+        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="21">
       <x:c r="A21" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B21" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C21" t="str" s="2">
-        <x:v>Arboga</x:v>
+        <x:v>Borås</x:v>
       </x:c>
       <x:c r="D21" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E21" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F21" t="n" s="2">
-        <x:v>3.3066</x:v>
+        <x:v>0.79</x:v>
       </x:c>
     </x:row>
     <x:row r="22">
       <x:c r="A22" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B22" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C22" t="str" s="2">
-        <x:v>Arjeplog</x:v>
+        <x:v>Botkyrka</x:v>
       </x:c>
       <x:c r="D22" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E22" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F22" t="n" s="2">
-        <x:v>4.98</x:v>
+        <x:v>0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="23">
       <x:c r="A23" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B23" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C23" t="str" s="2">
-        <x:v>Arjeplog</x:v>
+        <x:v>Boxholm</x:v>
       </x:c>
       <x:c r="D23" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E23" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F23" t="n" s="2">
-        <x:v>4.84428</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="24">
       <x:c r="A24" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B24" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C24" t="str" s="2">
-        <x:v>Arjeplog</x:v>
+        <x:v>Bromölla</x:v>
       </x:c>
       <x:c r="D24" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E24" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F24" t="n" s="2">
-        <x:v>4.243212</x:v>
+        <x:v>0.66</x:v>
       </x:c>
     </x:row>
     <x:row r="25">
       <x:c r="A25" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B25" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C25" t="str" s="2">
-        <x:v>Arjeplog</x:v>
+        <x:v>Bräcke</x:v>
       </x:c>
       <x:c r="D25" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E25" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F25" t="n" s="2">
-        <x:v>4.3226</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="26">
       <x:c r="A26" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B26" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C26" t="str" s="2">
-        <x:v>Arvidsjaur</x:v>
+        <x:v>Burlöv</x:v>
       </x:c>
       <x:c r="D26" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E26" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F26" t="n" s="2">
-        <x:v>5.71</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="27">
       <x:c r="A27" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B27" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C27" t="str" s="2">
-        <x:v>Arvidsjaur</x:v>
+        <x:v>Båstad</x:v>
       </x:c>
       <x:c r="D27" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E27" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F27" t="n" s="2">
-        <x:v>5.86553</x:v>
+        <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="28">
       <x:c r="A28" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B28" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C28" t="str" s="2">
-        <x:v>Arvidsjaur</x:v>
+        <x:v>Dals-Ed</x:v>
       </x:c>
       <x:c r="D28" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E28" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F28" t="n" s="2">
-        <x:v>5.901321</x:v>
+        <x:v>0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="29">
       <x:c r="A29" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B29" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C29" t="str" s="2">
-        <x:v>Arvidsjaur</x:v>
+        <x:v>Danderyd</x:v>
       </x:c>
       <x:c r="D29" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E29" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F29" t="n" s="2">
-        <x:v>5.3792</x:v>
+        <x:v>0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="30">
       <x:c r="A30" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B30" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C30" t="str" s="2">
-        <x:v>Arvika</x:v>
+        <x:v>Degerfors</x:v>
       </x:c>
       <x:c r="D30" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E30" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F30" t="n" s="2">
-        <x:v>2.44</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="31">
       <x:c r="A31" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B31" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C31" t="str" s="2">
-        <x:v>Arvika</x:v>
+        <x:v>Dorotea</x:v>
       </x:c>
       <x:c r="D31" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E31" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F31" t="n" s="2">
-        <x:v>2.408571</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="32">
       <x:c r="A32" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B32" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C32" t="str" s="2">
-        <x:v>Arvika</x:v>
+        <x:v>Eda</x:v>
       </x:c>
       <x:c r="D32" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E32" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F32" t="n" s="2">
-        <x:v>2.314981</x:v>
+        <x:v>0.13</x:v>
       </x:c>
     </x:row>
     <x:row r="33">
       <x:c r="A33" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B33" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C33" t="str" s="2">
-        <x:v>Arvika</x:v>
+        <x:v>Ekerö</x:v>
       </x:c>
       <x:c r="D33" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E33" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F33" t="n" s="2">
-        <x:v>2.1875</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="34">
       <x:c r="A34" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B34" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C34" t="str" s="2">
-        <x:v>Askersund</x:v>
+        <x:v>Eksjö</x:v>
       </x:c>
       <x:c r="D34" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E34" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F34" t="n" s="2">
-        <x:v>4.9</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="35">
       <x:c r="A35" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B35" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C35" t="str" s="2">
-        <x:v>Askersund</x:v>
+        <x:v>Emmaboda</x:v>
       </x:c>
       <x:c r="D35" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E35" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F35" t="n" s="2">
-        <x:v>4.808737</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="36">
       <x:c r="A36" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B36" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C36" t="str" s="2">
-        <x:v>Askersund</x:v>
+        <x:v>Enköping</x:v>
       </x:c>
       <x:c r="D36" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E36" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F36" t="n" s="2">
-        <x:v>4.711522</x:v>
+        <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="37">
       <x:c r="A37" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B37" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C37" t="str" s="2">
-        <x:v>Askersund</x:v>
+        <x:v>Eskilstuna</x:v>
       </x:c>
       <x:c r="D37" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E37" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F37" t="n" s="2">
-        <x:v>4.5496</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="38">
       <x:c r="A38" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B38" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C38" t="str" s="2">
-        <x:v>Avesta</x:v>
+        <x:v>Eslöv</x:v>
       </x:c>
       <x:c r="D38" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E38" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F38" t="n" s="2">
-        <x:v>3.89</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="39">
       <x:c r="A39" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B39" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C39" t="str" s="2">
-        <x:v>Avesta</x:v>
+        <x:v>Essunga</x:v>
       </x:c>
       <x:c r="D39" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E39" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F39" t="n" s="2">
-        <x:v>3.635837</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="40">
       <x:c r="A40" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B40" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C40" t="str" s="2">
-        <x:v>Avesta</x:v>
+        <x:v>Fagersta</x:v>
       </x:c>
       <x:c r="D40" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E40" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F40" t="n" s="2">
-        <x:v>3.307386</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="41">
       <x:c r="A41" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B41" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C41" t="str" s="2">
-        <x:v>Avesta</x:v>
+        <x:v>Falkenberg</x:v>
       </x:c>
       <x:c r="D41" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E41" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F41" t="n" s="2">
-        <x:v>3.2521</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="42">
       <x:c r="A42" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B42" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C42" t="str" s="2">
-        <x:v>Bengtsfors</x:v>
+        <x:v>Falköping</x:v>
       </x:c>
       <x:c r="D42" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E42" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F42" t="n" s="2">
-        <x:v>3.1</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="43">
       <x:c r="A43" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B43" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C43" t="str" s="2">
-        <x:v>Bengtsfors</x:v>
+        <x:v>Falun</x:v>
       </x:c>
       <x:c r="D43" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E43" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F43" t="n" s="2">
-        <x:v>3.024652</x:v>
+        <x:v>0.81</x:v>
       </x:c>
     </x:row>
     <x:row r="44">
       <x:c r="A44" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B44" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C44" t="str" s="2">
-        <x:v>Bengtsfors</x:v>
+        <x:v>Filipstad</x:v>
       </x:c>
       <x:c r="D44" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E44" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F44" t="n" s="2">
-        <x:v>2.811867</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="45">
       <x:c r="A45" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B45" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C45" t="str" s="2">
-        <x:v>Bengtsfors</x:v>
+        <x:v>Finspång</x:v>
       </x:c>
       <x:c r="D45" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E45" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F45" t="n" s="2">
-        <x:v>2.7491</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="46">
       <x:c r="A46" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B46" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C46" t="str" s="2">
-        <x:v>Berg</x:v>
+        <x:v>Flen</x:v>
       </x:c>
       <x:c r="D46" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E46" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F46" t="n" s="2">
-        <x:v>6.12</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="47">
       <x:c r="A47" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B47" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C47" t="str" s="2">
-        <x:v>Berg</x:v>
+        <x:v>Forshaga</x:v>
       </x:c>
       <x:c r="D47" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E47" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F47" t="n" s="2">
-        <x:v>5.846891</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="48">
       <x:c r="A48" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B48" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C48" t="str" s="2">
-        <x:v>Berg</x:v>
+        <x:v>Färgelanda</x:v>
       </x:c>
       <x:c r="D48" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E48" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F48" t="n" s="2">
-        <x:v>4.226132</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="49">
       <x:c r="A49" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B49" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C49" t="str" s="2">
-        <x:v>Berg</x:v>
+        <x:v>Gagnef</x:v>
       </x:c>
       <x:c r="D49" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E49" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F49" t="n" s="2">
-        <x:v>3.6301</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="50">
       <x:c r="A50" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B50" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C50" t="str" s="2">
-        <x:v>Bjurholm</x:v>
+        <x:v>Gislaved</x:v>
       </x:c>
       <x:c r="D50" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E50" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F50" t="n" s="2">
-        <x:v>4.98</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="51">
       <x:c r="A51" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B51" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C51" t="str" s="2">
-        <x:v>Bjurholm</x:v>
+        <x:v>Gnesta</x:v>
       </x:c>
       <x:c r="D51" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E51" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F51" t="n" s="2">
-        <x:v>4.979651</x:v>
+        <x:v>0.66</x:v>
       </x:c>
     </x:row>
     <x:row r="52">
       <x:c r="A52" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B52" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C52" t="str" s="2">
-        <x:v>Bjurholm</x:v>
+        <x:v>Gnosjö</x:v>
       </x:c>
       <x:c r="D52" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E52" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F52" t="n" s="2">
-        <x:v>5.170515</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="53">
       <x:c r="A53" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B53" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C53" t="str" s="2">
-        <x:v>Bjurholm</x:v>
+        <x:v>Gotland</x:v>
       </x:c>
       <x:c r="D53" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E53" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F53" t="n" s="2">
-        <x:v>4.8638</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="54">
       <x:c r="A54" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B54" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C54" t="str" s="2">
-        <x:v>Bjuv</x:v>
+        <x:v>Grums</x:v>
       </x:c>
       <x:c r="D54" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E54" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F54" t="n" s="2">
-        <x:v>1.62</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="55">
       <x:c r="A55" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B55" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C55" t="str" s="2">
-        <x:v>Bjuv</x:v>
+        <x:v>Grästorp</x:v>
       </x:c>
       <x:c r="D55" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E55" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F55" t="n" s="2">
-        <x:v>1.403803</x:v>
+        <x:v>0.18</x:v>
       </x:c>
     </x:row>
     <x:row r="56">
       <x:c r="A56" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B56" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C56" t="str" s="2">
-        <x:v>Bjuv</x:v>
+        <x:v>Gullspång</x:v>
       </x:c>
       <x:c r="D56" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E56" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F56" t="n" s="2">
-        <x:v>1.272745</x:v>
+        <x:v>0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="57">
       <x:c r="A57" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B57" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C57" t="str" s="2">
-        <x:v>Bjuv</x:v>
+        <x:v>Gällivare</x:v>
       </x:c>
       <x:c r="D57" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E57" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F57" t="n" s="2">
-        <x:v>1.2319</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="58">
       <x:c r="A58" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B58" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C58" t="str" s="2">
-        <x:v>Boden</x:v>
+        <x:v>Gävle</x:v>
       </x:c>
       <x:c r="D58" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E58" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F58" t="n" s="2">
-        <x:v>3.46</x:v>
+        <x:v>0.77</x:v>
       </x:c>
     </x:row>
     <x:row r="59">
       <x:c r="A59" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B59" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C59" t="str" s="2">
-        <x:v>Boden</x:v>
+        <x:v>Göteborg</x:v>
       </x:c>
       <x:c r="D59" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E59" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F59" t="n" s="2">
-        <x:v>3.582439</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="60">
       <x:c r="A60" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B60" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C60" t="str" s="2">
-        <x:v>Boden</x:v>
+        <x:v>Götene</x:v>
       </x:c>
       <x:c r="D60" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E60" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F60" t="n" s="2">
-        <x:v>3.899189</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="61">
       <x:c r="A61" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B61" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C61" t="str" s="2">
-        <x:v>Boden</x:v>
+        <x:v>Habo</x:v>
       </x:c>
       <x:c r="D61" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E61" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F61" t="n" s="2">
-        <x:v>3.9011</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="62">
       <x:c r="A62" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B62" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C62" t="str" s="2">
-        <x:v>Bollebygd</x:v>
+        <x:v>Hagfors</x:v>
       </x:c>
       <x:c r="D62" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E62" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F62" t="n" s="2">
-        <x:v>4.47</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="63">
       <x:c r="A63" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B63" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C63" t="str" s="2">
-        <x:v>Bollebygd</x:v>
+        <x:v>Hallsberg</x:v>
       </x:c>
       <x:c r="D63" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E63" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F63" t="n" s="2">
-        <x:v>4.355208</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="64">
       <x:c r="A64" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B64" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C64" t="str" s="2">
-        <x:v>Bollebygd</x:v>
+        <x:v>Hallstahammar</x:v>
       </x:c>
       <x:c r="D64" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E64" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F64" t="n" s="2">
-        <x:v>4.427548</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="65">
       <x:c r="A65" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B65" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C65" t="str" s="2">
-        <x:v>Bollebygd</x:v>
+        <x:v>Halmstad</x:v>
       </x:c>
       <x:c r="D65" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E65" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F65" t="n" s="2">
-        <x:v>4.3457</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="66">
       <x:c r="A66" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B66" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C66" t="str" s="2">
-        <x:v>Bollnäs</x:v>
+        <x:v>Hammarö</x:v>
       </x:c>
       <x:c r="D66" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E66" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F66" t="n" s="2">
-        <x:v>3.36</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="67">
       <x:c r="A67" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B67" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C67" t="str" s="2">
-        <x:v>Bollnäs</x:v>
+        <x:v>Haninge</x:v>
       </x:c>
       <x:c r="D67" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E67" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F67" t="n" s="2">
-        <x:v>3.288039</x:v>
+        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="68">
       <x:c r="A68" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B68" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C68" t="str" s="2">
-        <x:v>Bollnäs</x:v>
+        <x:v>Haparanda</x:v>
       </x:c>
       <x:c r="D68" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E68" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F68" t="n" s="2">
-        <x:v>3.049370</x:v>
+        <x:v>0.66</x:v>
       </x:c>
     </x:row>
     <x:row r="69">
       <x:c r="A69" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B69" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C69" t="str" s="2">
-        <x:v>Bollnäs</x:v>
+        <x:v>Heby</x:v>
       </x:c>
       <x:c r="D69" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E69" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F69" t="n" s="2">
-        <x:v>2.9983</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="70">
       <x:c r="A70" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B70" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C70" t="str" s="2">
-        <x:v>Borgholm</x:v>
+        <x:v>Hedemora</x:v>
       </x:c>
       <x:c r="D70" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E70" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F70" t="n" s="2">
-        <x:v>4.94</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="71">
       <x:c r="A71" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B71" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C71" t="str" s="2">
-        <x:v>Borgholm</x:v>
+        <x:v>Helsingborg</x:v>
       </x:c>
       <x:c r="D71" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E71" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F71" t="n" s="2">
-        <x:v>4.749629</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="72">
       <x:c r="A72" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B72" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C72" t="str" s="2">
-        <x:v>Borgholm</x:v>
+        <x:v>Herrljunga</x:v>
       </x:c>
       <x:c r="D72" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E72" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F72" t="n" s="2">
-        <x:v>4.458901</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="73">
       <x:c r="A73" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B73" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C73" t="str" s="2">
-        <x:v>Borgholm</x:v>
+        <x:v>Hjo</x:v>
       </x:c>
       <x:c r="D73" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E73" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F73" t="n" s="2">
-        <x:v>4.5534</x:v>
+        <x:v>0.4</x:v>
       </x:c>
     </x:row>
     <x:row r="74">
       <x:c r="A74" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B74" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C74" t="str" s="2">
-        <x:v>Borlänge</x:v>
+        <x:v>Hofors</x:v>
       </x:c>
       <x:c r="D74" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E74" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F74" t="n" s="2">
-        <x:v>2.7</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="75">
       <x:c r="A75" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B75" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C75" t="str" s="2">
-        <x:v>Borlänge</x:v>
+        <x:v>Huddinge</x:v>
       </x:c>
       <x:c r="D75" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E75" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F75" t="n" s="2">
-        <x:v>2.677183</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="76">
       <x:c r="A76" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B76" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C76" t="str" s="2">
-        <x:v>Borlänge</x:v>
+        <x:v>Hudiksvall</x:v>
       </x:c>
       <x:c r="D76" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E76" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F76" t="n" s="2">
-        <x:v>2.554193</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="77">
       <x:c r="A77" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B77" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C77" t="str" s="2">
-        <x:v>Borlänge</x:v>
+        <x:v>Hultsfred</x:v>
       </x:c>
       <x:c r="D77" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E77" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F77" t="n" s="2">
-        <x:v>2.5036</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="78">
       <x:c r="A78" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B78" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C78" t="str" s="2">
-        <x:v>Borås</x:v>
+        <x:v>Hylte</x:v>
       </x:c>
       <x:c r="D78" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E78" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F78" t="n" s="2">
-        <x:v>2.11</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="79">
       <x:c r="A79" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B79" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C79" t="str" s="2">
-        <x:v>Borås</x:v>
+        <x:v>Håbo</x:v>
       </x:c>
       <x:c r="D79" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E79" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F79" t="n" s="2">
-        <x:v>2.061461</x:v>
+        <x:v>0.77</x:v>
       </x:c>
     </x:row>
     <x:row r="80">
       <x:c r="A80" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B80" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C80" t="str" s="2">
-        <x:v>Borås</x:v>
+        <x:v>Hällefors</x:v>
       </x:c>
       <x:c r="D80" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E80" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F80" t="n" s="2">
-        <x:v>1.931570</x:v>
+        <x:v>0.7</x:v>
       </x:c>
     </x:row>
     <x:row r="81">
       <x:c r="A81" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B81" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C81" t="str" s="2">
-        <x:v>Borås</x:v>
+        <x:v>Härjedalen</x:v>
       </x:c>
       <x:c r="D81" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E81" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F81" t="n" s="2">
-        <x:v>1.8787</x:v>
+        <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="82">
       <x:c r="A82" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B82" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C82" t="str" s="2">
-        <x:v>Botkyrka</x:v>
+        <x:v>Härnösand</x:v>
       </x:c>
       <x:c r="D82" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E82" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F82" t="n" s="2">
-        <x:v>1.17</x:v>
+        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="83">
       <x:c r="A83" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B83" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C83" t="str" s="2">
-        <x:v>Botkyrka</x:v>
+        <x:v>Härryda</x:v>
       </x:c>
       <x:c r="D83" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E83" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F83" t="n" s="2">
-        <x:v>1.107719</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="84">
       <x:c r="A84" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B84" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C84" t="str" s="2">
-        <x:v>Botkyrka</x:v>
+        <x:v>Hässleholm</x:v>
       </x:c>
       <x:c r="D84" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E84" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F84" t="n" s="2">
-        <x:v>0.987250</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="85">
       <x:c r="A85" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B85" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C85" t="str" s="2">
-        <x:v>Botkyrka</x:v>
+        <x:v>Höganäs</x:v>
       </x:c>
       <x:c r="D85" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E85" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F85" t="n" s="2">
-        <x:v>0.9417</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="86">
       <x:c r="A86" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B86" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C86" t="str" s="2">
-        <x:v>Boxholm</x:v>
+        <x:v>Högsby</x:v>
       </x:c>
       <x:c r="D86" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E86" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F86" t="n" s="2">
-        <x:v>3.75</x:v>
+        <x:v>0.24</x:v>
       </x:c>
     </x:row>
     <x:row r="87">
       <x:c r="A87" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B87" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C87" t="str" s="2">
-        <x:v>Boxholm</x:v>
+        <x:v>Hörby</x:v>
       </x:c>
       <x:c r="D87" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E87" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F87" t="n" s="2">
-        <x:v>3.661039</x:v>
+        <x:v>0.29</x:v>
       </x:c>
     </x:row>
     <x:row r="88">
       <x:c r="A88" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B88" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C88" t="str" s="2">
-        <x:v>Boxholm</x:v>
+        <x:v>Höör</x:v>
       </x:c>
       <x:c r="D88" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E88" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F88" t="n" s="2">
-        <x:v>3.456776</x:v>
+        <x:v>0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="89">
       <x:c r="A89" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B89" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C89" t="str" s="2">
-        <x:v>Boxholm</x:v>
+        <x:v>Jokkmokk</x:v>
       </x:c>
       <x:c r="D89" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E89" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F89" t="n" s="2">
-        <x:v>3.3135</x:v>
+        <x:v>0.15</x:v>
       </x:c>
     </x:row>
     <x:row r="90">
       <x:c r="A90" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B90" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C90" t="str" s="2">
-        <x:v>Bromölla</x:v>
+        <x:v>Järfälla</x:v>
       </x:c>
       <x:c r="D90" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E90" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F90" t="n" s="2">
-        <x:v>2.44</x:v>
+        <x:v>0.93</x:v>
       </x:c>
     </x:row>
     <x:row r="91">
       <x:c r="A91" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B91" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C91" t="str" s="2">
-        <x:v>Bromölla</x:v>
+        <x:v>Jönköping</x:v>
       </x:c>
       <x:c r="D91" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E91" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F91" t="n" s="2">
-        <x:v>2.406235</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="92">
       <x:c r="A92" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B92" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C92" t="str" s="2">
-        <x:v>Bromölla</x:v>
+        <x:v>Kalix</x:v>
       </x:c>
       <x:c r="D92" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E92" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F92" t="n" s="2">
-        <x:v>2.364834</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="93">
       <x:c r="A93" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B93" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C93" t="str" s="2">
-        <x:v>Bromölla</x:v>
+        <x:v>Kalmar</x:v>
       </x:c>
       <x:c r="D93" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E93" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F93" t="n" s="2">
-        <x:v>2.2989</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="94">
       <x:c r="A94" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B94" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C94" t="str" s="2">
-        <x:v>Bräcke</x:v>
+        <x:v>Karlsborg</x:v>
       </x:c>
       <x:c r="D94" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E94" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F94" t="n" s="2">
-        <x:v>5.34</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="95">
       <x:c r="A95" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B95" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C95" t="str" s="2">
-        <x:v>Bräcke</x:v>
+        <x:v>Karlshamn</x:v>
       </x:c>
       <x:c r="D95" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E95" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F95" t="n" s="2">
-        <x:v>5.207765</x:v>
+        <x:v>0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="96">
       <x:c r="A96" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B96" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C96" t="str" s="2">
-        <x:v>Bräcke</x:v>
+        <x:v>Karlskoga</x:v>
       </x:c>
       <x:c r="D96" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E96" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F96" t="n" s="2">
-        <x:v>4.660878</x:v>
+        <x:v>0.67</x:v>
       </x:c>
     </x:row>
     <x:row r="97">
       <x:c r="A97" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B97" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C97" t="str" s="2">
-        <x:v>Bräcke</x:v>
+        <x:v>Karlskrona</x:v>
       </x:c>
       <x:c r="D97" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E97" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F97" t="n" s="2">
-        <x:v>4.281</x:v>
+        <x:v>0.77</x:v>
       </x:c>
     </x:row>
     <x:row r="98">
       <x:c r="A98" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B98" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C98" t="str" s="2">
-        <x:v>Burlöv</x:v>
+        <x:v>Karlstad</x:v>
       </x:c>
       <x:c r="D98" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E98" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F98" t="n" s="2">
-        <x:v>2.95</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="99">
       <x:c r="A99" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B99" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C99" t="str" s="2">
-        <x:v>Burlöv</x:v>
+        <x:v>Katrineholm</x:v>
       </x:c>
       <x:c r="D99" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E99" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F99" t="n" s="2">
-        <x:v>2.858096</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="100">
       <x:c r="A100" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B100" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C100" t="str" s="2">
-        <x:v>Burlöv</x:v>
+        <x:v>Kil</x:v>
       </x:c>
       <x:c r="D100" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E100" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F100" t="n" s="2">
-        <x:v>2.418009</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="101">
       <x:c r="A101" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B101" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C101" t="str" s="2">
-        <x:v>Burlöv</x:v>
+        <x:v>Kinda</x:v>
       </x:c>
       <x:c r="D101" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E101" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F101" t="n" s="2">
-        <x:v>2.2266</x:v>
+        <x:v>0.21</x:v>
       </x:c>
     </x:row>
     <x:row r="102">
       <x:c r="A102" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B102" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C102" t="str" s="2">
-        <x:v>Båstad</x:v>
+        <x:v>Kiruna</x:v>
       </x:c>
       <x:c r="D102" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E102" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F102" t="n" s="2">
-        <x:v>3.24</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="103">
       <x:c r="A103" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B103" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C103" t="str" s="2">
-        <x:v>Båstad</x:v>
+        <x:v>Klippan</x:v>
       </x:c>
       <x:c r="D103" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E103" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F103" t="n" s="2">
-        <x:v>3.131522</x:v>
+        <x:v>0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="104">
       <x:c r="A104" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B104" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C104" t="str" s="2">
-        <x:v>Båstad</x:v>
+        <x:v>Knivsta</x:v>
       </x:c>
       <x:c r="D104" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E104" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F104" t="n" s="2">
-        <x:v>2.823494</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="105">
       <x:c r="A105" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B105" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C105" t="str" s="2">
-        <x:v>Båstad</x:v>
+        <x:v>Kramfors</x:v>
       </x:c>
       <x:c r="D105" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E105" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F105" t="n" s="2">
-        <x:v>2.6995</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="106">
       <x:c r="A106" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B106" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C106" t="str" s="2">
-        <x:v>Dals-Ed</x:v>
+        <x:v>Kristianstad</x:v>
       </x:c>
       <x:c r="D106" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E106" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F106" t="n" s="2">
-        <x:v>2.96</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="107">
       <x:c r="A107" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B107" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C107" t="str" s="2">
-        <x:v>Dals-Ed</x:v>
+        <x:v>Kristinehamn</x:v>
       </x:c>
       <x:c r="D107" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E107" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F107" t="n" s="2">
-        <x:v>2.93997</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="108">
       <x:c r="A108" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B108" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C108" t="str" s="2">
-        <x:v>Dals-Ed</x:v>
+        <x:v>Krokom</x:v>
       </x:c>
       <x:c r="D108" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E108" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F108" t="n" s="2">
-        <x:v>2.709224</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="109">
       <x:c r="A109" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B109" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C109" t="str" s="2">
-        <x:v>Dals-Ed</x:v>
+        <x:v>Kumla</x:v>
       </x:c>
       <x:c r="D109" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E109" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F109" t="n" s="2">
-        <x:v>2.6121</x:v>
+        <x:v>0.01</x:v>
       </x:c>
     </x:row>
     <x:row r="110">
       <x:c r="A110" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B110" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C110" t="str" s="2">
-        <x:v>Danderyd</x:v>
+        <x:v>Kungsbacka</x:v>
       </x:c>
       <x:c r="D110" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E110" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F110" t="n" s="2">
-        <x:v>1.45</x:v>
+        <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="111">
       <x:c r="A111" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B111" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C111" t="str" s="2">
-        <x:v>Danderyd</x:v>
+        <x:v>Kungsör</x:v>
       </x:c>
       <x:c r="D111" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E111" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F111" t="n" s="2">
-        <x:v>1.326243</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="112">
       <x:c r="A112" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B112" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C112" t="str" s="2">
-        <x:v>Danderyd</x:v>
+        <x:v>Kungälv</x:v>
       </x:c>
       <x:c r="D112" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E112" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F112" t="n" s="2">
-        <x:v>1.051597</x:v>
+        <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="113">
       <x:c r="A113" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B113" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C113" t="str" s="2">
-        <x:v>Danderyd</x:v>
+        <x:v>Kävlinge</x:v>
       </x:c>
       <x:c r="D113" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E113" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F113" t="n" s="2">
-        <x:v>1.014</x:v>
+        <x:v>0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="114">
       <x:c r="A114" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B114" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C114" t="str" s="2">
-        <x:v>Degerfors</x:v>
+        <x:v>Köping</x:v>
       </x:c>
       <x:c r="D114" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E114" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F114" t="n" s="2">
-        <x:v>2.15</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="115">
       <x:c r="A115" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B115" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C115" t="str" s="2">
-        <x:v>Degerfors</x:v>
+        <x:v>Laholm</x:v>
       </x:c>
       <x:c r="D115" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E115" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F115" t="n" s="2">
-        <x:v>2.116893</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="116">
       <x:c r="A116" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B116" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C116" t="str" s="2">
-        <x:v>Degerfors</x:v>
+        <x:v>Landskrona</x:v>
       </x:c>
       <x:c r="D116" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E116" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F116" t="n" s="2">
-        <x:v>1.898561</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="117">
       <x:c r="A117" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B117" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C117" t="str" s="2">
-        <x:v>Degerfors</x:v>
+        <x:v>Laxå</x:v>
       </x:c>
       <x:c r="D117" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E117" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F117" t="n" s="2">
-        <x:v>1.8059</x:v>
+        <x:v>0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="118">
       <x:c r="A118" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B118" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C118" t="str" s="2">
-        <x:v>Dorotea</x:v>
+        <x:v>Lekeberg</x:v>
       </x:c>
       <x:c r="D118" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E118" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F118" t="n" s="2">
-        <x:v>4.19</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="119">
       <x:c r="A119" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B119" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C119" t="str" s="2">
-        <x:v>Dorotea</x:v>
+        <x:v>Leksand</x:v>
       </x:c>
       <x:c r="D119" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E119" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F119" t="n" s="2">
-        <x:v>4.267052</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="120">
       <x:c r="A120" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B120" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C120" t="str" s="2">
-        <x:v>Dorotea</x:v>
+        <x:v>Lerum</x:v>
       </x:c>
       <x:c r="D120" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E120" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F120" t="n" s="2">
-        <x:v>4.671561</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="121">
       <x:c r="A121" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B121" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C121" t="str" s="2">
-        <x:v>Dorotea</x:v>
+        <x:v>Lessebo</x:v>
       </x:c>
       <x:c r="D121" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E121" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F121" t="n" s="2">
-        <x:v>4.5372</x:v>
+        <x:v>0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="122">
       <x:c r="A122" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B122" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C122" t="str" s="2">
-        <x:v>Eda</x:v>
+        <x:v>Lidingö</x:v>
       </x:c>
       <x:c r="D122" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E122" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F122" t="n" s="2">
-        <x:v>2.99</x:v>
+        <x:v>0.96</x:v>
       </x:c>
     </x:row>
     <x:row r="123">
       <x:c r="A123" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B123" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C123" t="str" s="2">
-        <x:v>Eda</x:v>
+        <x:v>Lidköping</x:v>
       </x:c>
       <x:c r="D123" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E123" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F123" t="n" s="2">
-        <x:v>9.683585</x:v>
+        <x:v>0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="124">
       <x:c r="A124" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B124" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C124" t="str" s="2">
-        <x:v>Eda</x:v>
+        <x:v>Lilla Edet</x:v>
       </x:c>
       <x:c r="D124" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E124" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F124" t="n" s="2">
-        <x:v>6.081677</x:v>
+        <x:v>0.66</x:v>
       </x:c>
     </x:row>
     <x:row r="125">
       <x:c r="A125" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B125" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C125" t="str" s="2">
-        <x:v>Eda</x:v>
+        <x:v>Lindesberg</x:v>
       </x:c>
       <x:c r="D125" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E125" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F125" t="n" s="2">
-        <x:v>6.0752</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="126">
       <x:c r="A126" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B126" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C126" t="str" s="2">
-        <x:v>Ekerö</x:v>
+        <x:v>Linköping</x:v>
       </x:c>
       <x:c r="D126" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E126" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F126" t="n" s="2">
-        <x:v>1.69</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="127">
       <x:c r="A127" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B127" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C127" t="str" s="2">
-        <x:v>Ekerö</x:v>
+        <x:v>Ljungby</x:v>
       </x:c>
       <x:c r="D127" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E127" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F127" t="n" s="2">
-        <x:v>1.621279</x:v>
+        <x:v>0.26</x:v>
       </x:c>
     </x:row>
     <x:row r="128">
       <x:c r="A128" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B128" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C128" t="str" s="2">
-        <x:v>Ekerö</x:v>
+        <x:v>Ljusdal</x:v>
       </x:c>
       <x:c r="D128" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E128" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F128" t="n" s="2">
-        <x:v>1.484408</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="129">
       <x:c r="A129" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B129" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C129" t="str" s="2">
-        <x:v>Ekerö</x:v>
+        <x:v>Ljusnarsberg</x:v>
       </x:c>
       <x:c r="D129" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E129" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F129" t="n" s="2">
-        <x:v>1.4587</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="130">
       <x:c r="A130" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B130" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C130" t="str" s="2">
-        <x:v>Eksjö</x:v>
+        <x:v>Lomma</x:v>
       </x:c>
       <x:c r="D130" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E130" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F130" t="n" s="2">
-        <x:v>4.19</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="131">
       <x:c r="A131" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B131" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C131" t="str" s="2">
-        <x:v>Eksjö</x:v>
+        <x:v>Ludvika</x:v>
       </x:c>
       <x:c r="D131" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E131" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F131" t="n" s="2">
-        <x:v>4.090937</x:v>
+        <x:v>0.81</x:v>
       </x:c>
     </x:row>
     <x:row r="132">
       <x:c r="A132" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B132" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C132" t="str" s="2">
-        <x:v>Eksjö</x:v>
+        <x:v>Luleå</x:v>
       </x:c>
       <x:c r="D132" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E132" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F132" t="n" s="2">
-        <x:v>3.810447</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="133">
       <x:c r="A133" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B133" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C133" t="str" s="2">
-        <x:v>Eksjö</x:v>
+        <x:v>Lund</x:v>
       </x:c>
       <x:c r="D133" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E133" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F133" t="n" s="2">
-        <x:v>3.6736</x:v>
+        <x:v>0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="134">
       <x:c r="A134" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B134" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C134" t="str" s="2">
-        <x:v>Emmaboda</x:v>
+        <x:v>Lycksele</x:v>
       </x:c>
       <x:c r="D134" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E134" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F134" t="n" s="2">
-        <x:v>2.97</x:v>
+        <x:v>0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="135">
       <x:c r="A135" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B135" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C135" t="str" s="2">
-        <x:v>Emmaboda</x:v>
+        <x:v>Lysekil</x:v>
       </x:c>
       <x:c r="D135" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E135" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F135" t="n" s="2">
-        <x:v>2.895383</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="136">
       <x:c r="A136" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B136" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C136" t="str" s="2">
-        <x:v>Emmaboda</x:v>
+        <x:v>Malmö</x:v>
       </x:c>
       <x:c r="D136" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E136" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F136" t="n" s="2">
-        <x:v>2.739393</x:v>
+        <x:v>0.83</x:v>
       </x:c>
     </x:row>
     <x:row r="137">
       <x:c r="A137" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B137" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C137" t="str" s="2">
-        <x:v>Emmaboda</x:v>
+        <x:v>Malung-Sälen</x:v>
       </x:c>
       <x:c r="D137" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E137" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F137" t="n" s="2">
-        <x:v>2.6283</x:v>
+        <x:v>0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="138">
       <x:c r="A138" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B138" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C138" t="str" s="2">
-        <x:v>Enköping</x:v>
+        <x:v>Malå</x:v>
       </x:c>
       <x:c r="D138" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E138" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F138" t="n" s="2">
-        <x:v>3.79</x:v>
+        <x:v>0.59</x:v>
       </x:c>
     </x:row>
     <x:row r="139">
       <x:c r="A139" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B139" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C139" t="str" s="2">
-        <x:v>Enköping</x:v>
+        <x:v>Mariestad</x:v>
       </x:c>
       <x:c r="D139" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E139" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F139" t="n" s="2">
-        <x:v>3.624836</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="140">
       <x:c r="A140" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B140" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C140" t="str" s="2">
-        <x:v>Enköping</x:v>
+        <x:v>Mark</x:v>
       </x:c>
       <x:c r="D140" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E140" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F140" t="n" s="2">
-        <x:v>3.435010</x:v>
+        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="141">
       <x:c r="A141" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B141" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C141" t="str" s="2">
-        <x:v>Enköping</x:v>
+        <x:v>Markaryd</x:v>
       </x:c>
       <x:c r="D141" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E141" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F141" t="n" s="2">
-        <x:v>3.2768</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="142">
       <x:c r="A142" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B142" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C142" t="str" s="2">
-        <x:v>Eskilstuna</x:v>
+        <x:v>Mellerud</x:v>
       </x:c>
       <x:c r="D142" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E142" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F142" t="n" s="2">
-        <x:v>1.61</x:v>
+        <x:v>0.22</x:v>
       </x:c>
     </x:row>
     <x:row r="143">
       <x:c r="A143" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B143" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C143" t="str" s="2">
-        <x:v>Eskilstuna</x:v>
+        <x:v>Mjölby</x:v>
       </x:c>
       <x:c r="D143" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E143" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F143" t="n" s="2">
-        <x:v>1.61235</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="144">
       <x:c r="A144" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B144" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C144" t="str" s="2">
-        <x:v>Eskilstuna</x:v>
+        <x:v>Mora</x:v>
       </x:c>
       <x:c r="D144" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E144" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F144" t="n" s="2">
-        <x:v>1.425355</x:v>
+        <x:v>0.66</x:v>
       </x:c>
     </x:row>
     <x:row r="145">
       <x:c r="A145" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B145" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C145" t="str" s="2">
-        <x:v>Eskilstuna</x:v>
+        <x:v>Motala</x:v>
       </x:c>
       <x:c r="D145" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E145" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F145" t="n" s="2">
-        <x:v>1.3318</x:v>
+        <x:v>0.73</x:v>
       </x:c>
     </x:row>
     <x:row r="146">
       <x:c r="A146" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B146" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C146" t="str" s="2">
-        <x:v>Eslöv</x:v>
+        <x:v>Mullsjö</x:v>
       </x:c>
       <x:c r="D146" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E146" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F146" t="n" s="2">
-        <x:v>2.61</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="147">
       <x:c r="A147" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B147" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C147" t="str" s="2">
-        <x:v>Eslöv</x:v>
+        <x:v>Munkedal</x:v>
       </x:c>
       <x:c r="D147" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E147" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F147" t="n" s="2">
-        <x:v>2.519905</x:v>
+        <x:v>0.28</x:v>
       </x:c>
     </x:row>
     <x:row r="148">
       <x:c r="A148" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B148" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C148" t="str" s="2">
-        <x:v>Eslöv</x:v>
+        <x:v>Munkfors</x:v>
       </x:c>
       <x:c r="D148" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E148" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F148" t="n" s="2">
-        <x:v>2.314180</x:v>
+        <x:v>0.76</x:v>
       </x:c>
     </x:row>
     <x:row r="149">
       <x:c r="A149" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B149" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C149" t="str" s="2">
-        <x:v>Eslöv</x:v>
+        <x:v>Mölndal</x:v>
       </x:c>
       <x:c r="D149" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E149" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F149" t="n" s="2">
-        <x:v>2.2263</x:v>
+        <x:v>0.8</x:v>
       </x:c>
     </x:row>
     <x:row r="150">
       <x:c r="A150" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B150" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C150" t="str" s="2">
-        <x:v>Essunga</x:v>
+        <x:v>Mönsterås</x:v>
       </x:c>
       <x:c r="D150" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E150" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F150" t="n" s="2">
-        <x:v>3.09</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="151">
       <x:c r="A151" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B151" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C151" t="str" s="2">
-        <x:v>Essunga</x:v>
+        <x:v>Mörbylånga</x:v>
       </x:c>
       <x:c r="D151" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E151" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F151" t="n" s="2">
-        <x:v>3.02881</x:v>
+        <x:v>0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="152">
       <x:c r="A152" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B152" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C152" t="str" s="2">
-        <x:v>Essunga</x:v>
+        <x:v>Nacka</x:v>
       </x:c>
       <x:c r="D152" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E152" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F152" t="n" s="2">
-        <x:v>2.741685</x:v>
+        <x:v>0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="153">
       <x:c r="A153" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B153" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C153" t="str" s="2">
-        <x:v>Essunga</x:v>
+        <x:v>Nora</x:v>
       </x:c>
       <x:c r="D153" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E153" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F153" t="n" s="2">
-        <x:v>2.6093</x:v>
+        <x:v>0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="154">
       <x:c r="A154" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B154" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C154" t="str" s="2">
-        <x:v>Fagersta</x:v>
+        <x:v>Norberg</x:v>
       </x:c>
       <x:c r="D154" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E154" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F154" t="n" s="2">
-        <x:v>2.4</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="155">
       <x:c r="A155" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B155" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C155" t="str" s="2">
-        <x:v>Fagersta</x:v>
+        <x:v>Nordanstig</x:v>
       </x:c>
       <x:c r="D155" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E155" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F155" t="n" s="2">
-        <x:v>2.271361</x:v>
+        <x:v>0.39</x:v>
       </x:c>
     </x:row>
     <x:row r="156">
       <x:c r="A156" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B156" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C156" t="str" s="2">
-        <x:v>Fagersta</x:v>
+        <x:v>Nordmaling</x:v>
       </x:c>
       <x:c r="D156" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E156" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F156" t="n" s="2">
-        <x:v>1.914734</x:v>
+        <x:v>0.35</x:v>
       </x:c>
     </x:row>
     <x:row r="157">
       <x:c r="A157" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B157" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C157" t="str" s="2">
-        <x:v>Fagersta</x:v>
+        <x:v>Norrköping</x:v>
       </x:c>
       <x:c r="D157" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E157" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F157" t="n" s="2">
-        <x:v>1.787</x:v>
+        <x:v>0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="158">
       <x:c r="A158" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B158" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C158" t="str" s="2">
-        <x:v>Falkenberg</x:v>
+        <x:v>Norrtälje</x:v>
       </x:c>
       <x:c r="D158" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E158" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F158" t="n" s="2">
-        <x:v>3.37</x:v>
+        <x:v>0.67</x:v>
       </x:c>
     </x:row>
     <x:row r="159">
       <x:c r="A159" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B159" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C159" t="str" s="2">
-        <x:v>Falkenberg</x:v>
+        <x:v>Norsjö</x:v>
       </x:c>
       <x:c r="D159" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E159" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F159" t="n" s="2">
-        <x:v>3.292573</x:v>
+        <x:v>0.52</x:v>
       </x:c>
     </x:row>
     <x:row r="160">
       <x:c r="A160" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B160" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C160" t="str" s="2">
-        <x:v>Falkenberg</x:v>
+        <x:v>Nybro</x:v>
       </x:c>
       <x:c r="D160" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E160" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F160" t="n" s="2">
-        <x:v>3.178078</x:v>
+        <x:v>0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="161">
       <x:c r="A161" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B161" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C161" t="str" s="2">
-        <x:v>Falkenberg</x:v>
+        <x:v>Nykvarn</x:v>
       </x:c>
       <x:c r="D161" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E161" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F161" t="n" s="2">
-        <x:v>3.063</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="162">
       <x:c r="A162" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B162" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C162" t="str" s="2">
-        <x:v>Falköping</x:v>
+        <x:v>Nyköping</x:v>
       </x:c>
       <x:c r="D162" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E162" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F162" t="n" s="2">
-        <x:v>2.67</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="163">
       <x:c r="A163" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B163" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C163" t="str" s="2">
-        <x:v>Falköping</x:v>
+        <x:v>Nynäshamn</x:v>
       </x:c>
       <x:c r="D163" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E163" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F163" t="n" s="2">
-        <x:v>2.587909</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="164">
       <x:c r="A164" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B164" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C164" t="str" s="2">
-        <x:v>Falköping</x:v>
+        <x:v>Nässjö</x:v>
       </x:c>
       <x:c r="D164" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E164" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F164" t="n" s="2">
-        <x:v>2.450500</x:v>
+        <x:v>0.66</x:v>
       </x:c>
     </x:row>
     <x:row r="165">
       <x:c r="A165" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B165" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C165" t="str" s="2">
-        <x:v>Falköping</x:v>
+        <x:v>Ockelbo</x:v>
       </x:c>
       <x:c r="D165" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E165" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F165" t="n" s="2">
-        <x:v>2.3857</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="166">
       <x:c r="A166" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B166" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C166" t="str" s="2">
-        <x:v>Falun</x:v>
+        <x:v>Olofström</x:v>
       </x:c>
       <x:c r="D166" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E166" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F166" t="n" s="2">
-        <x:v>1.97</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="167">
       <x:c r="A167" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B167" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C167" t="str" s="2">
-        <x:v>Falun</x:v>
+        <x:v>Orsa</x:v>
       </x:c>
       <x:c r="D167" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E167" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F167" t="n" s="2">
-        <x:v>1.900956</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="168">
       <x:c r="A168" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B168" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C168" t="str" s="2">
-        <x:v>Falun</x:v>
+        <x:v>Orust</x:v>
       </x:c>
       <x:c r="D168" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E168" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F168" t="n" s="2">
-        <x:v>1.657078</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="169">
       <x:c r="A169" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B169" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C169" t="str" s="2">
-        <x:v>Falun</x:v>
+        <x:v>Osby</x:v>
       </x:c>
       <x:c r="D169" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E169" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F169" t="n" s="2">
-        <x:v>1.579</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="170">
       <x:c r="A170" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B170" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C170" t="str" s="2">
-        <x:v>Filipstad</x:v>
+        <x:v>Oskarshamn</x:v>
       </x:c>
       <x:c r="D170" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E170" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F170" t="n" s="2">
-        <x:v>3.33</x:v>
+        <x:v>0.67</x:v>
       </x:c>
     </x:row>
     <x:row r="171">
       <x:c r="A171" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B171" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C171" t="str" s="2">
-        <x:v>Filipstad</x:v>
+        <x:v>Ovanåker</x:v>
       </x:c>
       <x:c r="D171" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E171" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F171" t="n" s="2">
-        <x:v>3.304626</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="172">
       <x:c r="A172" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B172" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C172" t="str" s="2">
-        <x:v>Filipstad</x:v>
+        <x:v>Oxelösund</x:v>
       </x:c>
       <x:c r="D172" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E172" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F172" t="n" s="2">
-        <x:v>3.166548</x:v>
+        <x:v>0.78</x:v>
       </x:c>
     </x:row>
     <x:row r="173">
       <x:c r="A173" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B173" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C173" t="str" s="2">
-        <x:v>Filipstad</x:v>
+        <x:v>Pajala</x:v>
       </x:c>
       <x:c r="D173" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E173" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F173" t="n" s="2">
-        <x:v>2.9418</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="174">
       <x:c r="A174" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B174" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C174" t="str" s="2">
-        <x:v>Finspång</x:v>
+        <x:v>Partille</x:v>
       </x:c>
       <x:c r="D174" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E174" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F174" t="n" s="2">
-        <x:v>2.41</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="175">
       <x:c r="A175" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B175" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C175" t="str" s="2">
-        <x:v>Finspång</x:v>
+        <x:v>Perstorp</x:v>
       </x:c>
       <x:c r="D175" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E175" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F175" t="n" s="2">
-        <x:v>2.356639</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="176">
       <x:c r="A176" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B176" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C176" t="str" s="2">
-        <x:v>Finspång</x:v>
+        <x:v>Piteå</x:v>
       </x:c>
       <x:c r="D176" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E176" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F176" t="n" s="2">
-        <x:v>2.132071</x:v>
+        <x:v>0.67</x:v>
       </x:c>
     </x:row>
     <x:row r="177">
       <x:c r="A177" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B177" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C177" t="str" s="2">
-        <x:v>Finspång</x:v>
+        <x:v>Ragunda</x:v>
       </x:c>
       <x:c r="D177" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E177" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F177" t="n" s="2">
-        <x:v>2.0221</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="178">
       <x:c r="A178" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B178" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C178" t="str" s="2">
-        <x:v>Flen</x:v>
+        <x:v>Robertsfors</x:v>
       </x:c>
       <x:c r="D178" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E178" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F178" t="n" s="2">
-        <x:v>2.85</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="179">
       <x:c r="A179" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B179" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C179" t="str" s="2">
-        <x:v>Flen</x:v>
+        <x:v>Ronneby</x:v>
       </x:c>
       <x:c r="D179" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E179" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F179" t="n" s="2">
-        <x:v>2.753845</x:v>
+        <x:v>0.67</x:v>
       </x:c>
     </x:row>
     <x:row r="180">
       <x:c r="A180" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B180" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C180" t="str" s="2">
-        <x:v>Flen</x:v>
+        <x:v>Rättvik</x:v>
       </x:c>
       <x:c r="D180" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E180" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F180" t="n" s="2">
-        <x:v>2.541663</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="181">
       <x:c r="A181" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B181" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C181" t="str" s="2">
-        <x:v>Flen</x:v>
+        <x:v>Sala</x:v>
       </x:c>
       <x:c r="D181" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E181" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F181" t="n" s="2">
-        <x:v>2.4775</x:v>
+        <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="182">
       <x:c r="A182" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B182" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C182" t="str" s="2">
-        <x:v>Forshaga</x:v>
+        <x:v>Salem</x:v>
       </x:c>
       <x:c r="D182" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E182" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F182" t="n" s="2">
-        <x:v>1.72</x:v>
+        <x:v>0.78</x:v>
       </x:c>
     </x:row>
     <x:row r="183">
       <x:c r="A183" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B183" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C183" t="str" s="2">
-        <x:v>Forshaga</x:v>
+        <x:v>Sandviken</x:v>
       </x:c>
       <x:c r="D183" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E183" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F183" t="n" s="2">
-        <x:v>1.698571</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="184">
       <x:c r="A184" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B184" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C184" t="str" s="2">
-        <x:v>Forshaga</x:v>
+        <x:v>Sigtuna</x:v>
       </x:c>
       <x:c r="D184" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E184" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F184" t="n" s="2">
-        <x:v>1.588567</x:v>
+        <x:v>0.3</x:v>
       </x:c>
     </x:row>
     <x:row r="185">
       <x:c r="A185" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B185" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C185" t="str" s="2">
-        <x:v>Forshaga</x:v>
+        <x:v>Simrishamn</x:v>
       </x:c>
       <x:c r="D185" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E185" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F185" t="n" s="2">
-        <x:v>1.4974</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="186">
       <x:c r="A186" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B186" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C186" t="str" s="2">
-        <x:v>Färgelanda</x:v>
+        <x:v>Sjöbo</x:v>
       </x:c>
       <x:c r="D186" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E186" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F186" t="n" s="2">
-        <x:v>3.29</x:v>
+        <x:v>0.27</x:v>
       </x:c>
     </x:row>
     <x:row r="187">
       <x:c r="A187" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B187" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C187" t="str" s="2">
-        <x:v>Färgelanda</x:v>
+        <x:v>Skara</x:v>
       </x:c>
       <x:c r="D187" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E187" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F187" t="n" s="2">
-        <x:v>3.258441</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="188">
       <x:c r="A188" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B188" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C188" t="str" s="2">
-        <x:v>Färgelanda</x:v>
+        <x:v>Skellefteå</x:v>
       </x:c>
       <x:c r="D188" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E188" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F188" t="n" s="2">
-        <x:v>3.271378</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="189">
       <x:c r="A189" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B189" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C189" t="str" s="2">
-        <x:v>Färgelanda</x:v>
+        <x:v>Skinnskatteberg</x:v>
       </x:c>
       <x:c r="D189" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E189" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F189" t="n" s="2">
-        <x:v>3.2268</x:v>
+        <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="190">
       <x:c r="A190" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B190" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C190" t="str" s="2">
-        <x:v>Gagnef</x:v>
+        <x:v>Skurup</x:v>
       </x:c>
       <x:c r="D190" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E190" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F190" t="n" s="2">
-        <x:v>2.76</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="191">
       <x:c r="A191" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B191" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C191" t="str" s="2">
-        <x:v>Gagnef</x:v>
+        <x:v>Skövde</x:v>
       </x:c>
       <x:c r="D191" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E191" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F191" t="n" s="2">
-        <x:v>2.705024</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="192">
       <x:c r="A192" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B192" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C192" t="str" s="2">
-        <x:v>Gagnef</x:v>
+        <x:v>Smedjebacken</x:v>
       </x:c>
       <x:c r="D192" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E192" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F192" t="n" s="2">
-        <x:v>2.398226</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="193">
       <x:c r="A193" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B193" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C193" t="str" s="2">
-        <x:v>Gagnef</x:v>
+        <x:v>Sollefteå</x:v>
       </x:c>
       <x:c r="D193" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E193" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F193" t="n" s="2">
-        <x:v>2.2593</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="194">
       <x:c r="A194" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B194" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C194" t="str" s="2">
-        <x:v>Gislaved</x:v>
+        <x:v>Sollentuna</x:v>
       </x:c>
       <x:c r="D194" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E194" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F194" t="n" s="2">
-        <x:v>2.47</x:v>
+        <x:v>0.86</x:v>
       </x:c>
     </x:row>
     <x:row r="195">
       <x:c r="A195" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B195" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C195" t="str" s="2">
-        <x:v>Gislaved</x:v>
+        <x:v>Solna</x:v>
       </x:c>
       <x:c r="D195" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E195" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F195" t="n" s="2">
-        <x:v>2.39488</x:v>
+        <x:v>0.89</x:v>
       </x:c>
     </x:row>
     <x:row r="196">
       <x:c r="A196" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B196" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C196" t="str" s="2">
-        <x:v>Gislaved</x:v>
+        <x:v>Sorsele</x:v>
       </x:c>
       <x:c r="D196" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E196" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F196" t="n" s="2">
-        <x:v>2.223612</x:v>
+        <x:v>0.17</x:v>
       </x:c>
     </x:row>
     <x:row r="197">
       <x:c r="A197" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B197" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C197" t="str" s="2">
-        <x:v>Gislaved</x:v>
+        <x:v>Sotenäs</x:v>
       </x:c>
       <x:c r="D197" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E197" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F197" t="n" s="2">
-        <x:v>2.1381</x:v>
+        <x:v>0.65</x:v>
       </x:c>
     </x:row>
     <x:row r="198">
       <x:c r="A198" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B198" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C198" t="str" s="2">
-        <x:v>Gnesta</x:v>
+        <x:v>Staffanstorp</x:v>
       </x:c>
       <x:c r="D198" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E198" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F198" t="n" s="2">
-        <x:v>2.2</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="199">
       <x:c r="A199" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B199" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C199" t="str" s="2">
-        <x:v>Gnesta</x:v>
+        <x:v>Stenungsund</x:v>
       </x:c>
       <x:c r="D199" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E199" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F199" t="n" s="2">
-        <x:v>2.042967</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="200">
       <x:c r="A200" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B200" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C200" t="str" s="2">
-        <x:v>Gnesta</x:v>
+        <x:v>Stockholm</x:v>
       </x:c>
       <x:c r="D200" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E200" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F200" t="n" s="2">
-        <x:v>1.685448</x:v>
+        <x:v>0.9</x:v>
       </x:c>
     </x:row>
     <x:row r="201">
       <x:c r="A201" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B201" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C201" t="str" s="2">
-        <x:v>Gnesta</x:v>
+        <x:v>Storfors</x:v>
       </x:c>
       <x:c r="D201" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E201" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F201" t="n" s="2">
-        <x:v>1.5948</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="202">
       <x:c r="A202" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B202" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C202" t="str" s="2">
-        <x:v>Gnosjö</x:v>
+        <x:v>Storuman</x:v>
       </x:c>
       <x:c r="D202" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E202" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F202" t="n" s="2">
-        <x:v>2.27</x:v>
+        <x:v>0.36</x:v>
       </x:c>
     </x:row>
     <x:row r="203">
       <x:c r="A203" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B203" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C203" t="str" s="2">
-        <x:v>Gnosjö</x:v>
+        <x:v>Strängnäs</x:v>
       </x:c>
       <x:c r="D203" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E203" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F203" t="n" s="2">
-        <x:v>2.261852</x:v>
+        <x:v>0.67</x:v>
       </x:c>
     </x:row>
     <x:row r="204">
       <x:c r="A204" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B204" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C204" t="str" s="2">
-        <x:v>Gnosjö</x:v>
+        <x:v>Strömstad</x:v>
       </x:c>
       <x:c r="D204" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E204" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F204" t="n" s="2">
-        <x:v>2.160347</x:v>
+        <x:v>0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="205">
       <x:c r="A205" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B205" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C205" t="str" s="2">
-        <x:v>Gnosjö</x:v>
+        <x:v>Strömsund</x:v>
       </x:c>
       <x:c r="D205" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E205" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F205" t="n" s="2">
-        <x:v>2.065</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="206">
       <x:c r="A206" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B206" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C206" t="str" s="2">
-        <x:v>Gotland</x:v>
+        <x:v>Sundbyberg</x:v>
       </x:c>
       <x:c r="D206" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E206" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F206" t="n" s="2">
-        <x:v>3.97</x:v>
+        <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="207">
       <x:c r="A207" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B207" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C207" t="str" s="2">
-        <x:v>Gotland</x:v>
+        <x:v>Sundsvall</x:v>
       </x:c>
       <x:c r="D207" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E207" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F207" t="n" s="2">
-        <x:v>3.890858</x:v>
+        <x:v>0.71</x:v>
       </x:c>
     </x:row>
     <x:row r="208">
       <x:c r="A208" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B208" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C208" t="str" s="2">
-        <x:v>Gotland</x:v>
+        <x:v>Sunne</x:v>
       </x:c>
       <x:c r="D208" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E208" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F208" t="n" s="2">
-        <x:v>4.283236</x:v>
+        <x:v>0.47</x:v>
       </x:c>
     </x:row>
     <x:row r="209">
       <x:c r="A209" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B209" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C209" t="str" s="2">
-        <x:v>Gotland</x:v>
+        <x:v>Surahammar</x:v>
       </x:c>
       <x:c r="D209" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E209" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F209" t="n" s="2">
-        <x:v>3.4296</x:v>
+        <x:v>0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="210">
       <x:c r="A210" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B210" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C210" t="str" s="2">
-        <x:v>Grums</x:v>
+        <x:v>Svalöv</x:v>
       </x:c>
       <x:c r="D210" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E210" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F210" t="n" s="2">
-        <x:v>3.72</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="211">
       <x:c r="A211" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B211" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C211" t="str" s="2">
-        <x:v>Grums</x:v>
+        <x:v>Svedala</x:v>
       </x:c>
       <x:c r="D211" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E211" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F211" t="n" s="2">
-        <x:v>3.613411</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="212">
       <x:c r="A212" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B212" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C212" t="str" s="2">
-        <x:v>Grums</x:v>
+        <x:v>Svenljunga</x:v>
       </x:c>
       <x:c r="D212" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E212" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F212" t="n" s="2">
-        <x:v>3.437984</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="213">
       <x:c r="A213" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B213" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C213" t="str" s="2">
-        <x:v>Grums</x:v>
+        <x:v>Säffle</x:v>
       </x:c>
       <x:c r="D213" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E213" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F213" t="n" s="2">
-        <x:v>3.2428</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="214">
       <x:c r="A214" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B214" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C214" t="str" s="2">
-        <x:v>Grästorp</x:v>
+        <x:v>Säter</x:v>
       </x:c>
       <x:c r="D214" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E214" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F214" t="n" s="2">
-        <x:v>4.37</x:v>
+        <x:v>0.48</x:v>
       </x:c>
     </x:row>
     <x:row r="215">
       <x:c r="A215" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B215" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C215" t="str" s="2">
-        <x:v>Grästorp</x:v>
+        <x:v>Sävsjö</x:v>
       </x:c>
       <x:c r="D215" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E215" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F215" t="n" s="2">
-        <x:v>4.294697</x:v>
+        <x:v>0.44</x:v>
       </x:c>
     </x:row>
     <x:row r="216">
       <x:c r="A216" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B216" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C216" t="str" s="2">
-        <x:v>Grästorp</x:v>
+        <x:v>Söderhamn</x:v>
       </x:c>
       <x:c r="D216" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E216" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F216" t="n" s="2">
-        <x:v>4.063161</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="217">
       <x:c r="A217" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B217" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C217" t="str" s="2">
-        <x:v>Grästorp</x:v>
+        <x:v>Söderköping</x:v>
       </x:c>
       <x:c r="D217" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E217" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F217" t="n" s="2">
-        <x:v>3.9681</x:v>
+        <x:v>0.53</x:v>
       </x:c>
     </x:row>
     <x:row r="218">
       <x:c r="A218" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B218" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C218" t="str" s="2">
-        <x:v>Gullspång</x:v>
+        <x:v>Södertälje</x:v>
       </x:c>
       <x:c r="D218" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E218" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F218" t="n" s="2">
-        <x:v>4.87</x:v>
+        <x:v>0.66</x:v>
       </x:c>
     </x:row>
     <x:row r="219">
       <x:c r="A219" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B219" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C219" t="str" s="2">
-        <x:v>Gullspång</x:v>
+        <x:v>Sölvesborg</x:v>
       </x:c>
       <x:c r="D219" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E219" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F219" t="n" s="2">
-        <x:v>4.806758</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="220">
       <x:c r="A220" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B220" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C220" t="str" s="2">
-        <x:v>Gullspång</x:v>
+        <x:v>Tanum</x:v>
       </x:c>
       <x:c r="D220" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E220" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F220" t="n" s="2">
-        <x:v>4.470465</x:v>
+        <x:v>0.12</x:v>
       </x:c>
     </x:row>
     <x:row r="221">
       <x:c r="A221" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B221" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C221" t="str" s="2">
-        <x:v>Gullspång</x:v>
+        <x:v>Tibro</x:v>
       </x:c>
       <x:c r="D221" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E221" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F221" t="n" s="2">
-        <x:v>4.3464</x:v>
+        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="222">
       <x:c r="A222" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B222" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C222" t="str" s="2">
-        <x:v>Gällivare</x:v>
+        <x:v>Tidaholm</x:v>
       </x:c>
       <x:c r="D222" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E222" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F222" t="n" s="2">
-        <x:v>13.43</x:v>
+        <x:v>0.45</x:v>
       </x:c>
     </x:row>
     <x:row r="223">
       <x:c r="A223" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B223" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C223" t="str" s="2">
-        <x:v>Gällivare</x:v>
+        <x:v>Tierp</x:v>
       </x:c>
       <x:c r="D223" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E223" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F223" t="n" s="2">
-        <x:v>13.227084</x:v>
+        <x:v>0.32</x:v>
       </x:c>
     </x:row>
     <x:row r="224">
       <x:c r="A224" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B224" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C224" t="str" s="2">
-        <x:v>Gällivare</x:v>
+        <x:v>Timrå</x:v>
       </x:c>
       <x:c r="D224" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E224" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F224" t="n" s="2">
-        <x:v>12.158268</x:v>
+        <x:v>0.72</x:v>
       </x:c>
     </x:row>
     <x:row r="225">
       <x:c r="A225" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B225" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C225" t="str" s="2">
-        <x:v>Gällivare</x:v>
+        <x:v>Tingsryd</x:v>
       </x:c>
       <x:c r="D225" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E225" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F225" t="n" s="2">
-        <x:v>11.397</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="226">
       <x:c r="A226" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B226" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C226" t="str" s="2">
-        <x:v>Gävle</x:v>
+        <x:v>Tjörn</x:v>
       </x:c>
       <x:c r="D226" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E226" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F226" t="n" s="2">
-        <x:v>2.42</x:v>
+        <x:v>0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="227">
       <x:c r="A227" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B227" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C227" t="str" s="2">
-        <x:v>Gävle</x:v>
+        <x:v>Tomelilla</x:v>
       </x:c>
       <x:c r="D227" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E227" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F227" t="n" s="2">
-        <x:v>2.313669</x:v>
+        <x:v>0.03</x:v>
       </x:c>
     </x:row>
     <x:row r="228">
       <x:c r="A228" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B228" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C228" t="str" s="2">
-        <x:v>Gävle</x:v>
+        <x:v>Torsby</x:v>
       </x:c>
       <x:c r="D228" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E228" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F228" t="n" s="2">
-        <x:v>2.104116</x:v>
+        <x:v>0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="229">
       <x:c r="A229" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B229" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C229" t="str" s="2">
-        <x:v>Gävle</x:v>
+        <x:v>Torsås</x:v>
       </x:c>
       <x:c r="D229" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E229" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F229" t="n" s="2">
-        <x:v>2.0421</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="230">
       <x:c r="A230" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B230" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C230" t="str" s="2">
-        <x:v>Göteborg</x:v>
+        <x:v>Tranemo</x:v>
       </x:c>
       <x:c r="D230" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E230" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F230" t="n" s="2">
-        <x:v>2.04</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="231">
       <x:c r="A231" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B231" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C231" t="str" s="2">
-        <x:v>Göteborg</x:v>
+        <x:v>Tranås</x:v>
       </x:c>
       <x:c r="D231" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E231" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F231" t="n" s="2">
-        <x:v>1.992585</x:v>
+        <x:v>0.69</x:v>
       </x:c>
     </x:row>
     <x:row r="232">
       <x:c r="A232" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B232" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C232" t="str" s="2">
-        <x:v>Göteborg</x:v>
+        <x:v>Trelleborg</x:v>
       </x:c>
       <x:c r="D232" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E232" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F232" t="n" s="2">
-        <x:v>1.860615</x:v>
+        <x:v>0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="233">
       <x:c r="A233" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B233" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C233" t="str" s="2">
-        <x:v>Göteborg</x:v>
+        <x:v>Trollhättan</x:v>
       </x:c>
       <x:c r="D233" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E233" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F233" t="n" s="2">
-        <x:v>1.8186</x:v>
+        <x:v>0.82</x:v>
       </x:c>
     </x:row>
     <x:row r="234">
       <x:c r="A234" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B234" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C234" t="str" s="2">
-        <x:v>Götene</x:v>
+        <x:v>Trosa</x:v>
       </x:c>
       <x:c r="D234" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E234" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F234" t="n" s="2">
-        <x:v>3.3</x:v>
+        <x:v>0.64</x:v>
       </x:c>
     </x:row>
     <x:row r="235">
       <x:c r="A235" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B235" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C235" t="str" s="2">
-        <x:v>Götene</x:v>
+        <x:v>Tyresö</x:v>
       </x:c>
       <x:c r="D235" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E235" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F235" t="n" s="2">
-        <x:v>3.246395</x:v>
+        <x:v>0.99</x:v>
       </x:c>
     </x:row>
     <x:row r="236">
       <x:c r="A236" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B236" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C236" t="str" s="2">
-        <x:v>Götene</x:v>
+        <x:v>Täby</x:v>
       </x:c>
       <x:c r="D236" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E236" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F236" t="n" s="2">
-        <x:v>2.908606</x:v>
+        <x:v>0.91</x:v>
       </x:c>
     </x:row>
     <x:row r="237">
       <x:c r="A237" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B237" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C237" t="str" s="2">
-        <x:v>Götene</x:v>
+        <x:v>Töreboda</x:v>
       </x:c>
       <x:c r="D237" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E237" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F237" t="n" s="2">
-        <x:v>2.8</x:v>
+        <x:v>0.31</x:v>
       </x:c>
     </x:row>
     <x:row r="238">
       <x:c r="A238" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B238" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C238" t="str" s="2">
-        <x:v>Habo</x:v>
+        <x:v>Uddevalla</x:v>
       </x:c>
       <x:c r="D238" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E238" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F238" t="n" s="2">
-        <x:v>2.47</x:v>
+        <x:v>0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="239">
       <x:c r="A239" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B239" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C239" t="str" s="2">
-        <x:v>Habo</x:v>
+        <x:v>Ulricehamn</x:v>
       </x:c>
       <x:c r="D239" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E239" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F239" t="n" s="2">
-        <x:v>2.398274</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="240">
       <x:c r="A240" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B240" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C240" t="str" s="2">
-        <x:v>Habo</x:v>
+        <x:v>Umeå</x:v>
       </x:c>
       <x:c r="D240" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E240" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F240" t="n" s="2">
-        <x:v>2.245553</x:v>
+        <x:v>0.77</x:v>
       </x:c>
     </x:row>
     <x:row r="241">
       <x:c r="A241" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B241" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C241" t="str" s="2">
-        <x:v>Habo</x:v>
+        <x:v>Upplands Väsby</x:v>
       </x:c>
       <x:c r="D241" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E241" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F241" t="n" s="2">
-        <x:v>2.0934</x:v>
+        <x:v>0.87</x:v>
       </x:c>
     </x:row>
     <x:row r="242">
       <x:c r="A242" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B242" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C242" t="str" s="2">
-        <x:v>Hagfors</x:v>
+        <x:v>Upplands-Bro</x:v>
       </x:c>
       <x:c r="D242" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E242" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F242" t="n" s="2">
-        <x:v>3.58</x:v>
+        <x:v>0.34</x:v>
       </x:c>
     </x:row>
     <x:row r="243">
       <x:c r="A243" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B243" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C243" t="str" s="2">
-        <x:v>Hagfors</x:v>
+        <x:v>Uppsala</x:v>
       </x:c>
       <x:c r="D243" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E243" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F243" t="n" s="2">
-        <x:v>3.551822</x:v>
+        <x:v>0.74</x:v>
       </x:c>
     </x:row>
     <x:row r="244">
       <x:c r="A244" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B244" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C244" t="str" s="2">
-        <x:v>Hagfors</x:v>
+        <x:v>Uppvidinge</x:v>
       </x:c>
       <x:c r="D244" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E244" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F244" t="n" s="2">
-        <x:v>3.325352</x:v>
+        <x:v>0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="245">
       <x:c r="A245" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B245" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C245" t="str" s="2">
-        <x:v>Hagfors</x:v>
+        <x:v>Vadstena</x:v>
       </x:c>
       <x:c r="D245" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E245" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F245" t="n" s="2">
-        <x:v>3.1661</x:v>
+        <x:v>0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="246">
       <x:c r="A246" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B246" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C246" t="str" s="2">
-        <x:v>Hallsberg</x:v>
+        <x:v>Vaggeryd</x:v>
       </x:c>
       <x:c r="D246" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E246" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F246" t="n" s="2">
-        <x:v>3.2</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="247">
       <x:c r="A247" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B247" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C247" t="str" s="2">
-        <x:v>Hallsberg</x:v>
+        <x:v>Valdemarsvik</x:v>
       </x:c>
       <x:c r="D247" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E247" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F247" t="n" s="2">
-        <x:v>3.102058</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="248">
       <x:c r="A248" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B248" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C248" t="str" s="2">
-        <x:v>Hallsberg</x:v>
+        <x:v>Vallentuna</x:v>
       </x:c>
       <x:c r="D248" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E248" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F248" t="n" s="2">
-        <x:v>2.853750</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="249">
       <x:c r="A249" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B249" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C249" t="str" s="2">
-        <x:v>Hallsberg</x:v>
+        <x:v>Vansbro</x:v>
       </x:c>
       <x:c r="D249" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E249" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F249" t="n" s="2">
-        <x:v>2.7134</x:v>
+        <x:v>0.49</x:v>
       </x:c>
     </x:row>
     <x:row r="250">
       <x:c r="A250" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B250" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C250" t="str" s="2">
-        <x:v>Hallstahammar</x:v>
+        <x:v>Vara</x:v>
       </x:c>
       <x:c r="D250" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E250" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F250" t="n" s="2">
-        <x:v>2.17</x:v>
+        <x:v>0.16</x:v>
       </x:c>
     </x:row>
     <x:row r="251">
       <x:c r="A251" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B251" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C251" t="str" s="2">
-        <x:v>Hallstahammar</x:v>
+        <x:v>Varberg</x:v>
       </x:c>
       <x:c r="D251" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E251" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F251" t="n" s="2">
-        <x:v>2.127393</x:v>
+        <x:v>0.56</x:v>
       </x:c>
     </x:row>
     <x:row r="252">
       <x:c r="A252" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B252" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C252" t="str" s="2">
-        <x:v>Hallstahammar</x:v>
+        <x:v>Vaxholm</x:v>
       </x:c>
       <x:c r="D252" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E252" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F252" t="n" s="2">
-        <x:v>2.061101</x:v>
+        <x:v>0.84</x:v>
       </x:c>
     </x:row>
     <x:row r="253">
       <x:c r="A253" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B253" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C253" t="str" s="2">
-        <x:v>Hallstahammar</x:v>
+        <x:v>Vellinge</x:v>
       </x:c>
       <x:c r="D253" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E253" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F253" t="n" s="2">
-        <x:v>1.9762</x:v>
+        <x:v>0.81</x:v>
       </x:c>
     </x:row>
     <x:row r="254">
       <x:c r="A254" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B254" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C254" t="str" s="2">
-        <x:v>Halmstad</x:v>
+        <x:v>Vetlanda</x:v>
       </x:c>
       <x:c r="D254" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E254" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F254" t="n" s="2">
-        <x:v>3.19</x:v>
+        <x:v>0.55</x:v>
       </x:c>
     </x:row>
     <x:row r="255">
       <x:c r="A255" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B255" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C255" t="str" s="2">
-        <x:v>Halmstad</x:v>
+        <x:v>Vilhelmina</x:v>
       </x:c>
       <x:c r="D255" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E255" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F255" t="n" s="2">
-        <x:v>3.098928</x:v>
+        <x:v>0.43</x:v>
       </x:c>
     </x:row>
     <x:row r="256">
       <x:c r="A256" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B256" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C256" t="str" s="2">
-        <x:v>Halmstad</x:v>
+        <x:v>Vimmerby</x:v>
       </x:c>
       <x:c r="D256" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E256" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F256" t="n" s="2">
-        <x:v>2.877598</x:v>
+        <x:v>0.41</x:v>
       </x:c>
     </x:row>
     <x:row r="257">
       <x:c r="A257" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B257" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C257" t="str" s="2">
-        <x:v>Halmstad</x:v>
+        <x:v>Vindeln</x:v>
       </x:c>
       <x:c r="D257" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E257" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F257" t="n" s="2">
-        <x:v>2.8303</x:v>
+        <x:v>0.25</x:v>
       </x:c>
     </x:row>
     <x:row r="258">
       <x:c r="A258" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B258" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C258" t="str" s="2">
-        <x:v>Hammarö</x:v>
+        <x:v>Vingåker</x:v>
       </x:c>
       <x:c r="D258" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E258" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F258" t="n" s="2">
-        <x:v>1.03</x:v>
+        <x:v>0.54</x:v>
       </x:c>
     </x:row>
     <x:row r="259">
       <x:c r="A259" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B259" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C259" t="str" s="2">
-        <x:v>Hammarö</x:v>
+        <x:v>Vårgårda</x:v>
       </x:c>
       <x:c r="D259" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E259" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F259" t="n" s="2">
-        <x:v>0.991156</x:v>
+        <x:v>0.38</x:v>
       </x:c>
     </x:row>
     <x:row r="260">
       <x:c r="A260" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B260" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C260" t="str" s="2">
-        <x:v>Hammarö</x:v>
+        <x:v>Vänersborg</x:v>
       </x:c>
       <x:c r="D260" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E260" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F260" t="n" s="2">
-        <x:v>0.853450</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="261">
       <x:c r="A261" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B261" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C261" t="str" s="2">
-        <x:v>Hammarö</x:v>
+        <x:v>Vännäs</x:v>
       </x:c>
       <x:c r="D261" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E261" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F261" t="n" s="2">
-        <x:v>0.7949</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="262">
       <x:c r="A262" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B262" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C262" t="str" s="2">
-        <x:v>Haninge</x:v>
+        <x:v>Värmdö</x:v>
       </x:c>
       <x:c r="D262" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E262" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F262" t="n" s="2">
-        <x:v>1.59</x:v>
+        <x:v>0.78</x:v>
       </x:c>
     </x:row>
     <x:row r="263">
       <x:c r="A263" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B263" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C263" t="str" s="2">
-        <x:v>Haninge</x:v>
+        <x:v>Värnamo</x:v>
       </x:c>
       <x:c r="D263" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E263" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F263" t="n" s="2">
-        <x:v>1.470701</x:v>
+        <x:v>0.54</x:v>
       </x:c>
     </x:row>
     <x:row r="264">
       <x:c r="A264" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B264" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C264" t="str" s="2">
-        <x:v>Haninge</x:v>
+        <x:v>Västervik</x:v>
       </x:c>
       <x:c r="D264" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E264" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F264" t="n" s="2">
-        <x:v>1.246390</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="265">
       <x:c r="A265" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B265" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C265" t="str" s="2">
-        <x:v>Haninge</x:v>
+        <x:v>Västerås</x:v>
       </x:c>
       <x:c r="D265" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E265" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F265" t="n" s="2">
-        <x:v>1.1746</x:v>
+        <x:v>0.68</x:v>
       </x:c>
     </x:row>
     <x:row r="266">
       <x:c r="A266" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B266" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C266" t="str" s="2">
-        <x:v>Haparanda</x:v>
+        <x:v>Växjö</x:v>
       </x:c>
       <x:c r="D266" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E266" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F266" t="n" s="2">
-        <x:v>2.82</x:v>
+        <x:v>0.78</x:v>
       </x:c>
     </x:row>
     <x:row r="267">
       <x:c r="A267" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B267" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C267" t="str" s="2">
-        <x:v>Haparanda</x:v>
+        <x:v>Ydre</x:v>
       </x:c>
       <x:c r="D267" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E267" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F267" t="n" s="2">
-        <x:v>2.841528</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="268">
       <x:c r="A268" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B268" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C268" t="str" s="2">
-        <x:v>Haparanda</x:v>
+        <x:v>Ystad</x:v>
       </x:c>
       <x:c r="D268" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E268" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F268" t="n" s="2">
-        <x:v>2.885789</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="269">
       <x:c r="A269" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B269" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C269" t="str" s="2">
-        <x:v>Haparanda</x:v>
+        <x:v>Åmål</x:v>
       </x:c>
       <x:c r="D269" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E269" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F269" t="n" s="2">
-        <x:v>2.6297</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="270">
       <x:c r="A270" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B270" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C270" t="str" s="2">
-        <x:v>Heby</x:v>
+        <x:v>Ånge</x:v>
       </x:c>
       <x:c r="D270" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E270" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F270" t="n" s="2">
-        <x:v>3.46</x:v>
+        <x:v>0.51</x:v>
       </x:c>
     </x:row>
     <x:row r="271">
       <x:c r="A271" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B271" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C271" t="str" s="2">
-        <x:v>Heby</x:v>
+        <x:v>Åre</x:v>
       </x:c>
       <x:c r="D271" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E271" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F271" t="n" s="2">
-        <x:v>3.334534</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="272">
       <x:c r="A272" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B272" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C272" t="str" s="2">
-        <x:v>Heby</x:v>
+        <x:v>Årjäng</x:v>
       </x:c>
       <x:c r="D272" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E272" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F272" t="n" s="2">
-        <x:v>2.965194</x:v>
+        <x:v>0.5</x:v>
       </x:c>
     </x:row>
     <x:row r="273">
       <x:c r="A273" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B273" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C273" t="str" s="2">
-        <x:v>Heby</x:v>
+        <x:v>Åsele</x:v>
       </x:c>
       <x:c r="D273" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E273" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F273" t="n" s="2">
-        <x:v>2.7967</x:v>
+        <x:v>0.08</x:v>
       </x:c>
     </x:row>
     <x:row r="274">
       <x:c r="A274" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B274" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C274" t="str" s="2">
-        <x:v>Hedemora</x:v>
+        <x:v>Åstorp</x:v>
       </x:c>
       <x:c r="D274" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E274" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F274" t="n" s="2">
-        <x:v>3.22</x:v>
+        <x:v>0.62</x:v>
       </x:c>
     </x:row>
     <x:row r="275">
       <x:c r="A275" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B275" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C275" t="str" s="2">
-        <x:v>Hedemora</x:v>
+        <x:v>Åtvidaberg</x:v>
       </x:c>
       <x:c r="D275" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E275" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F275" t="n" s="2">
-        <x:v>3.114745</x:v>
+        <x:v>0.58</x:v>
       </x:c>
     </x:row>
     <x:row r="276">
       <x:c r="A276" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B276" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C276" t="str" s="2">
-        <x:v>Hedemora</x:v>
+        <x:v>Älmhult</x:v>
       </x:c>
       <x:c r="D276" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E276" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F276" t="n" s="2">
-        <x:v>2.883211</x:v>
+        <x:v>0.67</x:v>
       </x:c>
     </x:row>
     <x:row r="277">
       <x:c r="A277" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B277" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C277" t="str" s="2">
-        <x:v>Hedemora</x:v>
+        <x:v>Älvdalen</x:v>
       </x:c>
       <x:c r="D277" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E277" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F277" t="n" s="2">
-        <x:v>2.7676</x:v>
+        <x:v>0.42</x:v>
       </x:c>
     </x:row>
     <x:row r="278">
       <x:c r="A278" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B278" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C278" t="str" s="2">
-        <x:v>Helsingborg</x:v>
+        <x:v>Älvkarleby</x:v>
       </x:c>
       <x:c r="D278" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E278" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F278" t="n" s="2">
-        <x:v>2.47</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="279">
       <x:c r="A279" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B279" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C279" t="str" s="2">
-        <x:v>Helsingborg</x:v>
+        <x:v>Älvsbyn</x:v>
       </x:c>
       <x:c r="D279" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E279" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F279" t="n" s="2">
-        <x:v>2.329957</x:v>
+        <x:v>0.63</x:v>
       </x:c>
     </x:row>
     <x:row r="280">
       <x:c r="A280" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B280" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C280" t="str" s="2">
-        <x:v>Helsingborg</x:v>
+        <x:v>Ängelholm</x:v>
       </x:c>
       <x:c r="D280" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E280" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F280" t="n" s="2">
-        <x:v>2.390457</x:v>
+        <x:v>0.6</x:v>
       </x:c>
     </x:row>
     <x:row r="281">
       <x:c r="A281" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B281" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C281" t="str" s="2">
-        <x:v>Helsingborg</x:v>
+        <x:v>Öckerö</x:v>
       </x:c>
       <x:c r="D281" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E281" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F281" t="n" s="2">
-        <x:v>2.3399</x:v>
+        <x:v>0.84</x:v>
       </x:c>
     </x:row>
     <x:row r="282">
       <x:c r="A282" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B282" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C282" t="str" s="2">
-        <x:v>Herrljunga</x:v>
+        <x:v>Ödeshög</x:v>
       </x:c>
       <x:c r="D282" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E282" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F282" t="n" s="2">
-        <x:v>2.58</x:v>
+        <x:v>0</x:v>
       </x:c>
     </x:row>
     <x:row r="283">
       <x:c r="A283" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B283" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C283" t="str" s="2">
-        <x:v>Herrljunga</x:v>
+        <x:v>Örebro</x:v>
       </x:c>
       <x:c r="D283" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E283" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F283" t="n" s="2">
-        <x:v>2.531251</x:v>
+        <x:v>0.75</x:v>
       </x:c>
     </x:row>
     <x:row r="284">
       <x:c r="A284" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B284" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C284" t="str" s="2">
-        <x:v>Herrljunga</x:v>
+        <x:v>Örkelljunga</x:v>
       </x:c>
       <x:c r="D284" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E284" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F284" t="n" s="2">
-        <x:v>2.345846</x:v>
+        <x:v>0.33</x:v>
       </x:c>
     </x:row>
     <x:row r="285">
       <x:c r="A285" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B285" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C285" t="str" s="2">
-        <x:v>Herrljunga</x:v>
+        <x:v>Örnsköldsvik</x:v>
       </x:c>
       <x:c r="D285" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E285" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F285" t="n" s="2">
-        <x:v>2.2569</x:v>
+        <x:v>0.61</x:v>
       </x:c>
     </x:row>
     <x:row r="286">
       <x:c r="A286" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B286" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C286" t="str" s="2">
-        <x:v>Hjo</x:v>
+        <x:v>Östersund</x:v>
       </x:c>
       <x:c r="D286" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E286" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F286" t="n" s="2">
-        <x:v>2.22</x:v>
+        <x:v>0.81</x:v>
       </x:c>
     </x:row>
     <x:row r="287">
       <x:c r="A287" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B287" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C287" t="str" s="2">
-        <x:v>Hjo</x:v>
+        <x:v>Österåker</x:v>
       </x:c>
       <x:c r="D287" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E287" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F287" t="n" s="2">
-        <x:v>2.158277</x:v>
+        <x:v>0.85</x:v>
       </x:c>
     </x:row>
     <x:row r="288">
       <x:c r="A288" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B288" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C288" t="str" s="2">
-        <x:v>Hjo</x:v>
+        <x:v>Östhammar</x:v>
       </x:c>
       <x:c r="D288" s="3">
-        <x:v>44561</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E288" t="n" s="2">
-        <x:v>2021</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F288" t="n" s="2">
-        <x:v>2.009170</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
     <x:row r="289">
       <x:c r="A289" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B289" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C289" t="str" s="2">
-        <x:v>Hjo</x:v>
+        <x:v>Östra Göinge</x:v>
       </x:c>
       <x:c r="D289" s="3">
-        <x:v>44926</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E289" t="n" s="2">
-        <x:v>2022</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F289" t="n" s="2">
-        <x:v>1.9434</x:v>
+        <x:v>0.57</x:v>
       </x:c>
     </x:row>
     <x:row r="290">
       <x:c r="A290" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B290" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C290" t="str" s="2">
-        <x:v>Hofors</x:v>
+        <x:v>Överkalix</x:v>
       </x:c>
       <x:c r="D290" s="3">
-        <x:v>43465</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E290" t="n" s="2">
-        <x:v>2018</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F290" t="n" s="2">
-        <x:v>2.85</x:v>
+        <x:v>0.11</x:v>
       </x:c>
     </x:row>
     <x:row r="291">
       <x:c r="A291" t="str" s="2">
         <x:v>Koldioxidutsläpp per invånare</x:v>
       </x:c>
       <x:c r="B291" t="str" s="2">
         <x:v>SE.1.KS2</x:v>
       </x:c>
       <x:c r="C291" t="str" s="2">
-        <x:v>Hofors</x:v>
+        <x:v>Övertorneå</x:v>
       </x:c>
       <x:c r="D291" s="3">
-        <x:v>43830</x:v>
+        <x:v>46022</x:v>
       </x:c>
       <x:c r="E291" t="n" s="2">
-        <x:v>2019</x:v>
+        <x:v>2025</x:v>
       </x:c>
       <x:c r="F291" t="n" s="2">
-        <x:v>2.782564</x:v>
-[...17479 lines deleted...]
-        <x:v>2.9098</x:v>
+        <x:v>0.46</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:drawing r:id="drawing1"/>
 </x:worksheet>
 </file>