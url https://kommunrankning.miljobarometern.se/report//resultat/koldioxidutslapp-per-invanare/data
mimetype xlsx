--- v1 (2025-12-04)
+++ v2 (2026-01-18)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="Rca692e54db1c43f1a4cbdfa98147c7d8"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R997752a4a5de4d16b7f553a6acbd0f20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rca692e54db1c43f1a4cbdfa98147c7d8" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R997752a4a5de4d16b7f553a6acbd0f20" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F291"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>