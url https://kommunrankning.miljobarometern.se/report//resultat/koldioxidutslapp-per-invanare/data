--- v2 (2026-01-18)
+++ v3 (2026-03-04)
@@ -1,84 +1,84 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="image/png" Extension="png"/>
   <Default ContentType="image/gif" Extension="gif"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-package.relationships+xml" PartName="/_rels/.rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" Id="Rfc2254092b6248a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet name="Data" sheetId="1" state="visible" r:id="R997752a4a5de4d16b7f553a6acbd0f20"/>
+    <x:sheet name="Data" sheetId="1" state="visible" r:id="R1749f32b5b4d439089e7b8dedccba9d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="1">
     <x:font/>
   </x:fonts>
   <x:fills count="1">
     <x:fill/>
   </x:fills>
   <x:borders count="1">
     <x:border/>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf/>
   </x:cellStyleXfs>
   <x:cellXfs count="5">
     <x:xf/>
     <x:xf/>
     <x:xf/>
     <x:xf numFmtId="14" applyNumberFormat="1"/>
     <x:xf/>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R997752a4a5de4d16b7f553a6acbd0f20" />
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1749f32b5b4d439089e7b8dedccba9d8" />
     <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db9602ace774fdb" />    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3db9602ace778fdb" /></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     
 </Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing">    </xdr:wsDr>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels>&#65279;<?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">    <Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml" Id="drawing1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:F291"/>
   <x:sheetViews>
     <x:sheetView tabSelected="0" workbookViewId="0">
       <x:pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <x:selection pane="bottomLeft"/>
     </x:sheetView>
   </x:sheetViews>